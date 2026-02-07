--- v0 (2025-10-12)
+++ v1 (2026-02-07)
@@ -939,100 +939,100 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B5FC5BD" w14:textId="77777777" w:rsidR="00A73D90" w:rsidRDefault="00A73D90" w:rsidP="007626B0">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5431CD62" w14:textId="77777777" w:rsidR="00A73D90" w:rsidRDefault="00A73D90" w:rsidP="007626B0">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15A10DD5" w14:textId="77777777" w:rsidR="00A73D90" w:rsidRDefault="00A73D90" w:rsidP="007626B0">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="312AC3FA" w14:textId="77777777" w:rsidR="00392425" w:rsidRDefault="00392425" w:rsidP="007626B0"/>
-    <w:p w14:paraId="34983266" w14:textId="7ED5245F" w:rsidR="00677B12" w:rsidRDefault="00677B12" w:rsidP="00677B12">
+    <w:p w14:paraId="34983266" w14:textId="15311F28" w:rsidR="00677B12" w:rsidRDefault="00677B12" w:rsidP="00677B12">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc447103094"/>
       <w:r w:rsidRPr="00677B12">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">**Required </w:t>
       </w:r>
       <w:r w:rsidR="008F4647">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Template </w:t>
       </w:r>
       <w:r w:rsidRPr="00677B12">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">for Protocols </w:t>
       </w:r>
       <w:r w:rsidR="008F4647">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>granted</w:t>
       </w:r>
       <w:r w:rsidRPr="00677B12">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Approval on Hold After October </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C93207">
+        <w:t xml:space="preserve"> Approval on Hold After </w:t>
+      </w:r>
+      <w:r w:rsidR="002A4471">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>November 10</w:t>
       </w:r>
       <w:r w:rsidRPr="00677B12">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, 2025**</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6438BCCC" w14:textId="6A925769" w:rsidR="00890263" w:rsidRPr="00677B12" w:rsidRDefault="00890263" w:rsidP="00677B12">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Optional for all other studies</w:t>
       </w:r>
     </w:p>
@@ -30965,58 +30965,58 @@
         <w:t>the informed consent discussion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6B10BA" w14:textId="44BACC4E" w:rsidR="00243FDF" w:rsidRDefault="00243FDF" w:rsidP="00775039">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00243FDF" w:rsidSect="00901DB5">
       <w:footerReference w:type="even" r:id="rId27"/>
       <w:footerReference w:type="default" r:id="rId28"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CAC46D9" w14:textId="77777777" w:rsidR="00407412" w:rsidRDefault="00407412">
+    <w:p w14:paraId="4034DF5B" w14:textId="77777777" w:rsidR="005269CA" w:rsidRDefault="005269CA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45022316" w14:textId="77777777" w:rsidR="00407412" w:rsidRDefault="00407412">
+    <w:p w14:paraId="375EF514" w14:textId="77777777" w:rsidR="005269CA" w:rsidRDefault="005269CA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -31126,67 +31126,60 @@
       </w:rPr>
       <w:t xml:space="preserve">Consent Document Version </w:t>
     </w:r>
     <w:r w:rsidR="00456FC6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="005A775A">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
     <w:r w:rsidRPr="00B96297">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0839979A" w14:textId="24AD8D87" w:rsidR="00864E65" w:rsidRDefault="0037106E">
+  <w:p w14:paraId="0839979A" w14:textId="365EC29F" w:rsidR="00864E65" w:rsidRDefault="002A4471">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">October </w:t>
-[...6 lines deleted...]
-      <w:t>24</w:t>
+      <w:t>November 10</w:t>
     </w:r>
     <w:r w:rsidR="00456FC6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="00677B12">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00456FC6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">2025                                                                    </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
@@ -31267,87 +31260,73 @@
       </w:rPr>
       <w:t xml:space="preserve">Consent Document Version </w:t>
     </w:r>
     <w:r w:rsidR="00456FC6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="005A775A">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
     <w:r w:rsidRPr="00B96297">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="321CEDF9" w14:textId="374D4B76" w:rsidR="00A813CE" w:rsidRDefault="00050E50">
+  <w:p w14:paraId="321CEDF9" w14:textId="6A8E6F69" w:rsidR="00A813CE" w:rsidRDefault="002A4471">
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">October </w:t>
-[...13 lines deleted...]
-      <w:t>, 2025</w:t>
+      <w:t>November 10, 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BED130B" w14:textId="77777777" w:rsidR="00407412" w:rsidRDefault="00407412">
+    <w:p w14:paraId="487133E1" w14:textId="77777777" w:rsidR="005269CA" w:rsidRDefault="005269CA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="454E0A3F" w14:textId="77777777" w:rsidR="00407412" w:rsidRDefault="00407412">
+    <w:p w14:paraId="62F0F065" w14:textId="77777777" w:rsidR="005269CA" w:rsidRDefault="005269CA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="39568ABF" w14:textId="77777777" w:rsidR="004B07B0" w:rsidRDefault="004B07B0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A8DC160" w14:textId="3B9B84A6" w:rsidR="00456FC6" w:rsidRDefault="00456FC6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
@@ -37868,50 +37847,51 @@
     <w:rsid w:val="00294CAB"/>
     <w:rsid w:val="00295513"/>
     <w:rsid w:val="00295CDF"/>
     <w:rsid w:val="00296139"/>
     <w:rsid w:val="002961E0"/>
     <w:rsid w:val="002965CF"/>
     <w:rsid w:val="00296604"/>
     <w:rsid w:val="00296F90"/>
     <w:rsid w:val="002976CA"/>
     <w:rsid w:val="002977B4"/>
     <w:rsid w:val="00297AD2"/>
     <w:rsid w:val="002A045B"/>
     <w:rsid w:val="002A0A78"/>
     <w:rsid w:val="002A10EE"/>
     <w:rsid w:val="002A1602"/>
     <w:rsid w:val="002A1D8C"/>
     <w:rsid w:val="002A1DEA"/>
     <w:rsid w:val="002A1E93"/>
     <w:rsid w:val="002A2736"/>
     <w:rsid w:val="002A2AD1"/>
     <w:rsid w:val="002A34C0"/>
     <w:rsid w:val="002A35DC"/>
     <w:rsid w:val="002A3B0F"/>
     <w:rsid w:val="002A3CA2"/>
     <w:rsid w:val="002A4108"/>
+    <w:rsid w:val="002A4471"/>
     <w:rsid w:val="002A49DB"/>
     <w:rsid w:val="002A5515"/>
     <w:rsid w:val="002A5A0E"/>
     <w:rsid w:val="002A67C1"/>
     <w:rsid w:val="002A6E02"/>
     <w:rsid w:val="002A6EE4"/>
     <w:rsid w:val="002A6EEB"/>
     <w:rsid w:val="002A73BF"/>
     <w:rsid w:val="002A7590"/>
     <w:rsid w:val="002B0B0F"/>
     <w:rsid w:val="002B0FD0"/>
     <w:rsid w:val="002B131D"/>
     <w:rsid w:val="002B1777"/>
     <w:rsid w:val="002B1B56"/>
     <w:rsid w:val="002B23E6"/>
     <w:rsid w:val="002B3574"/>
     <w:rsid w:val="002B3703"/>
     <w:rsid w:val="002B39BB"/>
     <w:rsid w:val="002B3A38"/>
     <w:rsid w:val="002B3F41"/>
     <w:rsid w:val="002B4121"/>
     <w:rsid w:val="002B4185"/>
     <w:rsid w:val="002B4399"/>
     <w:rsid w:val="002B4724"/>
     <w:rsid w:val="002B51AC"/>
@@ -38948,50 +38928,51 @@
     <w:rsid w:val="005205BD"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052103D"/>
     <w:rsid w:val="0052146F"/>
     <w:rsid w:val="00521FA9"/>
     <w:rsid w:val="00522696"/>
     <w:rsid w:val="005228CB"/>
     <w:rsid w:val="005228CD"/>
     <w:rsid w:val="005234A9"/>
     <w:rsid w:val="0052388C"/>
     <w:rsid w:val="0052397A"/>
     <w:rsid w:val="0052398D"/>
     <w:rsid w:val="005239D0"/>
     <w:rsid w:val="00523A6C"/>
     <w:rsid w:val="00524265"/>
     <w:rsid w:val="00524CF2"/>
     <w:rsid w:val="00525160"/>
     <w:rsid w:val="005253D2"/>
     <w:rsid w:val="005257E1"/>
     <w:rsid w:val="00525A92"/>
     <w:rsid w:val="00526181"/>
     <w:rsid w:val="005261A2"/>
     <w:rsid w:val="00526330"/>
     <w:rsid w:val="00526504"/>
     <w:rsid w:val="005267FD"/>
+    <w:rsid w:val="005269CA"/>
     <w:rsid w:val="00527F3A"/>
     <w:rsid w:val="0053055F"/>
     <w:rsid w:val="00530994"/>
     <w:rsid w:val="00530AFB"/>
     <w:rsid w:val="00530DD7"/>
     <w:rsid w:val="00530EAD"/>
     <w:rsid w:val="0053132A"/>
     <w:rsid w:val="00531B9A"/>
     <w:rsid w:val="00531C7B"/>
     <w:rsid w:val="00532561"/>
     <w:rsid w:val="005328D0"/>
     <w:rsid w:val="005328EE"/>
     <w:rsid w:val="005329C0"/>
     <w:rsid w:val="00532BD5"/>
     <w:rsid w:val="00533896"/>
     <w:rsid w:val="00534480"/>
     <w:rsid w:val="0053467E"/>
     <w:rsid w:val="005346AA"/>
     <w:rsid w:val="005347DB"/>
     <w:rsid w:val="00536370"/>
     <w:rsid w:val="00536416"/>
     <w:rsid w:val="00536C74"/>
     <w:rsid w:val="00537168"/>
     <w:rsid w:val="0053790A"/>
     <w:rsid w:val="00540044"/>
@@ -40484,50 +40465,51 @@
     <w:rsid w:val="008C42AB"/>
     <w:rsid w:val="008C42D6"/>
     <w:rsid w:val="008C4301"/>
     <w:rsid w:val="008C4866"/>
     <w:rsid w:val="008C494F"/>
     <w:rsid w:val="008C4AB4"/>
     <w:rsid w:val="008C4CAF"/>
     <w:rsid w:val="008C4FC0"/>
     <w:rsid w:val="008C5378"/>
     <w:rsid w:val="008C54F7"/>
     <w:rsid w:val="008C568E"/>
     <w:rsid w:val="008C5FC7"/>
     <w:rsid w:val="008C71B7"/>
     <w:rsid w:val="008C75C0"/>
     <w:rsid w:val="008C7BA7"/>
     <w:rsid w:val="008D0337"/>
     <w:rsid w:val="008D081F"/>
     <w:rsid w:val="008D0BFB"/>
     <w:rsid w:val="008D10F2"/>
     <w:rsid w:val="008D16A6"/>
     <w:rsid w:val="008D1FA5"/>
     <w:rsid w:val="008D35F1"/>
     <w:rsid w:val="008D3C45"/>
     <w:rsid w:val="008D3EB4"/>
     <w:rsid w:val="008D4105"/>
+    <w:rsid w:val="008D5739"/>
     <w:rsid w:val="008D57B6"/>
     <w:rsid w:val="008D585C"/>
     <w:rsid w:val="008D612D"/>
     <w:rsid w:val="008D6460"/>
     <w:rsid w:val="008D6790"/>
     <w:rsid w:val="008D6CDF"/>
     <w:rsid w:val="008D7560"/>
     <w:rsid w:val="008D78D4"/>
     <w:rsid w:val="008D790F"/>
     <w:rsid w:val="008D7C5B"/>
     <w:rsid w:val="008E0B3C"/>
     <w:rsid w:val="008E15CA"/>
     <w:rsid w:val="008E1EF8"/>
     <w:rsid w:val="008E1F71"/>
     <w:rsid w:val="008E2885"/>
     <w:rsid w:val="008E2BED"/>
     <w:rsid w:val="008E2D44"/>
     <w:rsid w:val="008E2EC0"/>
     <w:rsid w:val="008E3061"/>
     <w:rsid w:val="008E311D"/>
     <w:rsid w:val="008E3188"/>
     <w:rsid w:val="008E349C"/>
     <w:rsid w:val="008E369D"/>
     <w:rsid w:val="008E3D6E"/>
     <w:rsid w:val="008E3EE7"/>
@@ -42925,50 +42907,51 @@
     <w:rsid w:val="00E848FA"/>
     <w:rsid w:val="00E84CE5"/>
     <w:rsid w:val="00E84FA4"/>
     <w:rsid w:val="00E8507D"/>
     <w:rsid w:val="00E85178"/>
     <w:rsid w:val="00E854D8"/>
     <w:rsid w:val="00E85586"/>
     <w:rsid w:val="00E85FE0"/>
     <w:rsid w:val="00E86082"/>
     <w:rsid w:val="00E86865"/>
     <w:rsid w:val="00E868CF"/>
     <w:rsid w:val="00E87811"/>
     <w:rsid w:val="00E87BE3"/>
     <w:rsid w:val="00E90188"/>
     <w:rsid w:val="00E90A93"/>
     <w:rsid w:val="00E91238"/>
     <w:rsid w:val="00E913C1"/>
     <w:rsid w:val="00E913EA"/>
     <w:rsid w:val="00E91878"/>
     <w:rsid w:val="00E91930"/>
     <w:rsid w:val="00E91D3E"/>
     <w:rsid w:val="00E92560"/>
     <w:rsid w:val="00E941D9"/>
     <w:rsid w:val="00E94705"/>
     <w:rsid w:val="00E9544B"/>
+    <w:rsid w:val="00E9577E"/>
     <w:rsid w:val="00E95DE0"/>
     <w:rsid w:val="00E95FA1"/>
     <w:rsid w:val="00E96650"/>
     <w:rsid w:val="00E96A5E"/>
     <w:rsid w:val="00E96B05"/>
     <w:rsid w:val="00E96B93"/>
     <w:rsid w:val="00E96E54"/>
     <w:rsid w:val="00E96EDC"/>
     <w:rsid w:val="00E97002"/>
     <w:rsid w:val="00E9788C"/>
     <w:rsid w:val="00E97DAD"/>
     <w:rsid w:val="00EA0370"/>
     <w:rsid w:val="00EA04BA"/>
     <w:rsid w:val="00EA0798"/>
     <w:rsid w:val="00EA108D"/>
     <w:rsid w:val="00EA10DF"/>
     <w:rsid w:val="00EA115C"/>
     <w:rsid w:val="00EA1248"/>
     <w:rsid w:val="00EA1A96"/>
     <w:rsid w:val="00EA1D9E"/>
     <w:rsid w:val="00EA23F7"/>
     <w:rsid w:val="00EA2FB6"/>
     <w:rsid w:val="00EA335A"/>
     <w:rsid w:val="00EA3417"/>
     <w:rsid w:val="00EA3E18"/>
@@ -46729,76 +46712,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAF80948-5B3B-4CF5-BC74-DF40B821D35E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>45</Pages>
   <Words>16305</Words>
-  <Characters>92941</Characters>
+  <Characters>92942</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>774</Lines>
   <Paragraphs>218</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NCI Consent Form Template for Adult Cancer Trials</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>The EMMES Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>109028</CharactersWithSpaces>
+  <CharactersWithSpaces>109029</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NCI Consent Form Template for Adult Cancer Trials</dc:title>
   <dc:subject>NCI Consent Form Template for Adult Cancer Trials (English language)</dc:subject>
   <dc:creator>NCI Division of Cancer Prevention</dc:creator>
   <cp:keywords>NCI Consent Form Template, Adult, Cancer Trials, Informed Consent Template, National Cancer Institute</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>